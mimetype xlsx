--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a39e93539bb4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec6f0bcfa1ed416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca18b09535a4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a4a508c5564ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R658eb77cc70842ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca18b09535a4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fb833d56a746e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a4a508c5564ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>252,856</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>