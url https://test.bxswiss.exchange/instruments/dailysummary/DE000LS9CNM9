--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec6f0bcfa1ed416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3111dbeea07a40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a4a508c5564ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c6ab967ec0547b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fb833d56a746e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a4a508c5564ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc1d1fb2913b45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c6ab967ec0547b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>