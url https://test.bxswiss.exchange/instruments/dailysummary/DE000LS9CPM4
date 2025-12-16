--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e43f6815ca447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94db5d496d44004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16c128c7b9f48f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a302708cef041c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988c2dafc1d54aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16c128c7b9f48f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644618110ce0403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a302708cef041c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,845</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>