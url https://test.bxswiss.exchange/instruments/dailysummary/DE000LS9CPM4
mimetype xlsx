--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94db5d496d44004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340abb1b012940fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a302708cef041c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543e6e43d9fd4d1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644618110ce0403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a302708cef041c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5db3e3960028480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543e6e43d9fd4d1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>