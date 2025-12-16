--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ab7e9f10774b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e4adb36d4444a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba250eaf3074414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece359cd8ea34c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb11d783203d444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba250eaf3074414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0f0c2355084f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece359cd8ea34c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>222,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>