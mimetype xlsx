--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e4adb36d4444a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f26e6ed34b44e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece359cd8ea34c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7381a65056748fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0f0c2355084f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece359cd8ea34c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d541d52dd84c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7381a65056748fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>