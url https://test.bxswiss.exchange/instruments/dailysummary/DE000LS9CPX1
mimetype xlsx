--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241e3c3c32a74c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a491486d0d41db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e924bf1c5574148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd6c53a8ab4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163b9cf6d5524d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e924bf1c5574148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a905c1ed9e1408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd6c53a8ab4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>350,019</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>