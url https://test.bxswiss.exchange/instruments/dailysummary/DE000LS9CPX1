--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a491486d0d41db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5744c6352c2a4c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd6c53a8ab4c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R029ab3662ae04188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a905c1ed9e1408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd6c53a8ab4c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R703ad5f1df12419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R029ab3662ae04188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>