--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e19548f5434787" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde32e69d475a486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radaaf5d1eb9e4d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb1f1bb56a041d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084543b900a84e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radaaf5d1eb9e4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf639fb59973442ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb1f1bb56a041d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,471</x:t>
-[...48 lines deleted...]
-          <x:t>124,378</x:t>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,251</x:t>
-[...355 lines deleted...]
-          <x:t>124,528</x:t>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>