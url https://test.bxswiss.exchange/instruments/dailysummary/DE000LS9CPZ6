--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde32e69d475a486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdeedd05bb84b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb1f1bb56a041d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37dffc43db4b4c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf639fb59973442ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb1f1bb56a041d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4888b0f92d70401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37dffc43db4b4c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>123,859</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,695</x:t>
-[...404 lines deleted...]
-          <x:t>124,212</x:t>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>