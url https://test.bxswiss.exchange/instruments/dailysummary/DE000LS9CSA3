--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e248fdade94564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2a6fde96084368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ec5467517744e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra475515825c5421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8145ff1914ab4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ec5467517744e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed0c94a98f44df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra475515825c5421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Higgins Deutschland Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,606</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>