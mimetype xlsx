--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2a6fde96084368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882652ea05174980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra475515825c5421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6caa82c7448e4d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed0c94a98f44df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra475515825c5421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e98755273d248e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6caa82c7448e4d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Higgins Deutschland Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>