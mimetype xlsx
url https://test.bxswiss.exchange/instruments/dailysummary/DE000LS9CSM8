--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ec6c3814f94eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f91b1293b8f48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308e154081d24179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e087dff9a84ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra224eb6eac954c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308e154081d24179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d6e7e0d0ae479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e087dff9a84ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,367</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>