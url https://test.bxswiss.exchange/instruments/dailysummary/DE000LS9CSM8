--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f91b1293b8f48a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4280e0c97d5c45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e087dff9a84ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7baec431fea04d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d6e7e0d0ae479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e087dff9a84ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28983fa9400e4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7baec431fea04d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>