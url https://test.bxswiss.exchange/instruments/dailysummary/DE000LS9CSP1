--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a23a5330b8845d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98bffc0bd9774ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re74bf17d4f364f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c688d05bda45d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c5f9fcb8a84fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re74bf17d4f364f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1f9f6fc55944f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c688d05bda45d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>608,135</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>