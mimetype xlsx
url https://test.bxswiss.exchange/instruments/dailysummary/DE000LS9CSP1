--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98bffc0bd9774ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1698c83946b74959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c688d05bda45d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra779312a58d54ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1f9f6fc55944f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c688d05bda45d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d99f28331c8438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra779312a58d54ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>