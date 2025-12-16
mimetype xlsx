--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd40b8724f04200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951ed6425cbd4566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0212502d14b14c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb013ab8af8334a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2abb8e8b8c74b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0212502d14b14c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc2328d735c4571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb013ab8af8334a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>180,572</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,337</x:t>
-[...512 lines deleted...]
-          <x:t>179,987</x:t>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>