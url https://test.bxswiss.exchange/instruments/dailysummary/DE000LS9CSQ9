--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951ed6425cbd4566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f561cfb48448c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb013ab8af8334a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc3a493dedaf4b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc2328d735c4571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb013ab8af8334a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a377e85a8b4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc3a493dedaf4b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>