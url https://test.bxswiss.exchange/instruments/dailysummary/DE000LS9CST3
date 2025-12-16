--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re764c7d25f364c57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3856b995145941b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952951a9473c49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0bd2d5519714b23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf024594e0354ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952951a9473c49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ae65b1435c41cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0bd2d5519714b23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,396</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>