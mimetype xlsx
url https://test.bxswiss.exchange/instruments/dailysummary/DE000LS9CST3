--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3856b995145941b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6143ec0a283542f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0bd2d5519714b23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5cf347b5ec4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ae65b1435c41cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0bd2d5519714b23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2196434b266a472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5cf347b5ec4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>