--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35aecf7a20964191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab83e558ab584e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93a4b40e7f6e4ed5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1507e82ed174d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref5d10079aa64dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93a4b40e7f6e4ed5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e38b7c5db04177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1507e82ed174d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>197,771</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,704</x:t>
-[...463 lines deleted...]
-          <x:t>195,762</x:t>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>