--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab83e558ab584e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdcb6a878414fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1507e82ed174d06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78c8654866e484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e38b7c5db04177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1507e82ed174d06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d6a357442114a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78c8654866e484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>