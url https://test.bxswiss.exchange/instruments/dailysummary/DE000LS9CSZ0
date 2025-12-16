--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fa27428d9d4064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5163003a45364c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4899f157875548a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3db1d78871e24d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3bf379521e48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4899f157875548a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d26849cf58f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3db1d78871e24d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,042</x:t>
-[...26 lines deleted...]
-          <x:t>117,060</x:t>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,799</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>117,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>