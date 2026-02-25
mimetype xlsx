--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5163003a45364c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce6c5905ae64a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3db1d78871e24d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2a8cce23e2499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d26849cf58f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3db1d78871e24d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606275ba09a44a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2a8cce23e2499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>