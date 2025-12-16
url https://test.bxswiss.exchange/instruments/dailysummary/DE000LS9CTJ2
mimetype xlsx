--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e30ab01badf453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf2596999624e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770fd00f0a934637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9612ccac57c34db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b0ca9048db418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770fd00f0a934637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b2951cb2ca949b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9612ccac57c34db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>171,918</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>