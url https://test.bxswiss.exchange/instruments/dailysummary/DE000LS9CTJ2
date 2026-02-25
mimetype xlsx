--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf2596999624e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8a9bc742c34e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9612ccac57c34db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d22b639f344111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b2951cb2ca949b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9612ccac57c34db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686b95f6172f4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d22b639f344111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>