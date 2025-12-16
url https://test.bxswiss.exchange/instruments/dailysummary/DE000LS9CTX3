--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6e5c988b5649ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf762885994e4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d605168ad384efd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a9d16dbcd24d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32551d15668244be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d605168ad384efd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32038d615b214e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a9d16dbcd24d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.404,771</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>