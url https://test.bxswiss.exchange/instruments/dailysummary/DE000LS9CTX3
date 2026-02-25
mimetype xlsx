--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf762885994e4ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2011821ec4784a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a9d16dbcd24d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9e6864c2e547b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32038d615b214e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a9d16dbcd24d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0304387d08f4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9e6864c2e547b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>852,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>853,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>796,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>811,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>