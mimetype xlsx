--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra243425e913040a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0ae932d71f471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420e51ba874a4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07cb5112677a43cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a3277c0a804f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420e51ba874a4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e46f80687f24d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07cb5112677a43cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,393</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>