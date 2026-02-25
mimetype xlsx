--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0ae932d71f471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5351e74fdc554945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07cb5112677a43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac7b49c9ff9417d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e46f80687f24d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07cb5112677a43cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5755fbba3e7447f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac7b49c9ff9417d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,052</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,820</x:t>
-[...117 lines deleted...]
-          <x:t>182,954</x:t>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>