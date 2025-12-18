--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af807813916403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae6b8389a184e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b23de7409d4830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f145db3978c4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2803f982a8a4a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b23de7409d4830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afff577e817431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f145db3978c4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>259,041</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>