--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae6b8389a184e1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838c3068d7b64572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f145db3978c4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f193ef3def84d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afff577e817431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f145db3978c4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afeed7d94fa4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f193ef3def84d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>