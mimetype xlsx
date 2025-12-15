--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b119ff961654952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2175a0bc35d440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8000ddce0fac4a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48d5829d2364ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39f43360855457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8000ddce0fac4a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re377024e08284756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48d5829d2364ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Finanzwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>338,352</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,942</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>344,268</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>