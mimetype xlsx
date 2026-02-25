--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2175a0bc35d440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb26d1d420448d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48d5829d2364ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1c8083984ff4cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re377024e08284756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48d5829d2364ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822602e8a9204dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1c8083984ff4cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Finanzwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,424 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>361,113</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>