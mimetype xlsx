--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66f4c62606d4049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d5e196a93b4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845069ac053b4a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3009299701aa4589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a8ae4921aa4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845069ac053b4a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1622b4acbad34468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3009299701aa4589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking nach Peter Lynch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,102</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>