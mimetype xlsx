--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d5e196a93b4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38ed975aa9f4ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3009299701aa4589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e5d74728c64ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1622b4acbad34468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3009299701aa4589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870d0b085fd2414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e5d74728c64ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking nach Peter Lynch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>