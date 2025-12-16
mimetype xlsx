--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a981de116204ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ef62fcd8b9475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fc294782ce46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9259cabd89e2459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0aa6aa0a74820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fc294782ce46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6bebcecdca24e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9259cabd89e2459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>213,497</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>