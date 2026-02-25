--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ef62fcd8b9475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3547580e4b374c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9259cabd89e2459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R104de22b170141b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6bebcecdca24e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9259cabd89e2459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0cc448f29a41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R104de22b170141b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>