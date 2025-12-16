--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cb4561b0314188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673c61d179a841d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fc7bf7f021b4aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a08dc60591e4e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6be8edce9945a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fc7bf7f021b4aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc2d8b450514b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a08dc60591e4e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matlab - Quantitative Analyse US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>86,151</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,489</x:t>
-[...63 lines deleted...]
-          <x:t>86,458</x:t>
+          <x:t>86,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>