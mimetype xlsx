--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673c61d179a841d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923c6562567a4bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a08dc60591e4e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb75cfcb9f84eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc2d8b450514b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a08dc60591e4e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4bd49d6121457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb75cfcb9f84eb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matlab - Quantitative Analyse US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>