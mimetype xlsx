--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbb1e87fc7a4ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra845367cbfd7470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62f4be2860b4169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf97785a9a40f4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e90101c78e49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62f4be2860b4169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59786b586ff547a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf97785a9a40f4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CATE beste Chancen Mixx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>242,014</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>