--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra845367cbfd7470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R364afb60b5234095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf97785a9a40f4399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4debc853b70c41ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59786b586ff547a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf97785a9a40f4399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bffc3ab7594d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4debc853b70c41ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CATE beste Chancen Mixx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>