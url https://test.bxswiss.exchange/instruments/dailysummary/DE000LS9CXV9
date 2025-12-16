--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc651d49a3f451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc3a07989ce4b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e67573131ec4336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b73f7d8f674ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b81c5f7a1d4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e67573131ec4336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9f2cf16f90452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b73f7d8f674ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>39,606</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>