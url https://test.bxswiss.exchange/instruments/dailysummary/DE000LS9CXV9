--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc3a07989ce4b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d4af88b2d44569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b73f7d8f674ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf1cca2c3fd4ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9f2cf16f90452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b73f7d8f674ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964fd50cba174e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf1cca2c3fd4ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>30,332</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,339</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>32,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>