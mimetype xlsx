--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e68237a480f466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef9da77c33b484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd056226ca9634a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c34493406fc4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e62bbc5ba04004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd056226ca9634a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd04a19cf5b54bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c34493406fc4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>345,353</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>