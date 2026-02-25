--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef9da77c33b484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43380422a16246f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c34493406fc4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6fadac14894085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd04a19cf5b54bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c34493406fc4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0ef9bd059564e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6fadac14894085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>