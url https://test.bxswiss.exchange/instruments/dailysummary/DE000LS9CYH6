--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c689c9afc304610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7dd7e0793c24282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36dd1f408d4b4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5337f6fc1f4293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd914c863e2874a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36dd1f408d4b4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0624904b98da424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5337f6fc1f4293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,144</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>