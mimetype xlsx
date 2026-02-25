--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7dd7e0793c24282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf32f463ac8464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5337f6fc1f4293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3669ac0b1594a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0624904b98da424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5337f6fc1f4293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590160a6ee184472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3669ac0b1594a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Österreichische Industriegüter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>