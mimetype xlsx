--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3088330d635412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46ade7a95104cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a5dc37b95143e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2638c8e68b74dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dffde6d5c564b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a5dc37b95143e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70305a72474b4cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2638c8e68b74dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,693</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>