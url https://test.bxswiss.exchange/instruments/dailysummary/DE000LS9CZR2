--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46ade7a95104cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ab4b83e6e047f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2638c8e68b74dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424faf1b62534840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70305a72474b4cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2638c8e68b74dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0efa4373d945c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424faf1b62534840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giksi KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>