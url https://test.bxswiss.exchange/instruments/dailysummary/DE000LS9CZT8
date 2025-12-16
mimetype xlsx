--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7791a133914d459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465779155a7e4d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e40f908d0d44b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2b71738bd344a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R358dd9588cf94480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e40f908d0d44b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd297bf4ba44a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2b71738bd344a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 GE Equal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,694</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>