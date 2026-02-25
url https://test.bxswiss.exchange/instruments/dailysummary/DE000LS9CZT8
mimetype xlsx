--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465779155a7e4d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d4f07e1584444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2b71738bd344a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2def5ae366c349f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd297bf4ba44a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2b71738bd344a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642e977af7bf4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2def5ae366c349f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 GE Equal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>146,007</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>146,576</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>