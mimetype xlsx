--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac37b9a77c4e471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2174b65600de4a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31107c6154404e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf4b8cef1984fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0865082b664c4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31107c6154404e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400ecc311fd84513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf4b8cef1984fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,084</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>