--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2174b65600de4a63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65836395eb974e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf4b8cef1984fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba5092e7b62467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400ecc311fd84513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf4b8cef1984fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54efabb9f5fe4b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba5092e7b62467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Immobilien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,955</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>