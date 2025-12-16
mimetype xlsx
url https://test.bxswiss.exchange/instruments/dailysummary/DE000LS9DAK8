--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1033b596004798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2ed9e65e3b4c63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2709d2d39d1e4e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1fe68689ff465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5d2a0c149d4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2709d2d39d1e4e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028fe9ff0e234177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1fe68689ff465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktien: Value Dynamisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,947</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>