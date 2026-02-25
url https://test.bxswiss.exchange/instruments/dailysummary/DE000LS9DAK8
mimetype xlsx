--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2ed9e65e3b4c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2066e6735ac4d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1fe68689ff465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30de5688337477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028fe9ff0e234177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1fe68689ff465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7664052d83444fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30de5688337477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktien: Value Dynamisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,767</x:t>
-[...183 lines deleted...]
-          <x:t>67,759</x:t>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,707</x:t>
-[...31 lines deleted...]
-          <x:t>68,519</x:t>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>