--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0335cd4d5d4976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7fe6bf4bd04ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe5a9f5b4114f3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff2165f1f1148f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30c964d38394ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe5a9f5b4114f3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d3575ff7154afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff2165f1f1148f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Aristocrats S&amp;P-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,302</x:t>
-[...198 lines deleted...]
-          <x:t>192,271</x:t>
+          <x:t>191,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>