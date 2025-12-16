--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec126409e964c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb681b4e8ad6e4ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf41c240dfa6a4e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R751c5eee479342f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898e8e79039e44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf41c240dfa6a4e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e51496eebe448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R751c5eee479342f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividend Growth Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,724</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>