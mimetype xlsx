--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158e974acbfc4be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1435d30d084a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca35c4942f9442fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564cec7e5ab34f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1e361311b34a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca35c4942f9442fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60132b3e27884410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564cec7e5ab34f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,732</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>248,013</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>