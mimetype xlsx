--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1435d30d084a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d84b46cd2142e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564cec7e5ab34f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013790c4868e4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60132b3e27884410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564cec7e5ab34f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fbf7d53a2a4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013790c4868e4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround der Weltfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>237,314</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>243,724</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>