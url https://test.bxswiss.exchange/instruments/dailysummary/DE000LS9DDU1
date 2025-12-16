--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe40fa9f4b24447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea7d1d8bcda419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b8b4ac03ed4f3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbf0e4ea0904f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9318bcc326644de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b8b4ac03ed4f3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra439bdd3a72b422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbf0e4ea0904f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>235,970</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>235,826</x:t>
-[...247 lines deleted...]
-          <x:t>242,574</x:t>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>