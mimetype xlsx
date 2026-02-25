--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea7d1d8bcda419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a762e207ac64412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbf0e4ea0904f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4481e2419626405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra439bdd3a72b422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbf0e4ea0904f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9675a4b6c8f428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4481e2419626405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>General Need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DDU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>245,662</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>247,853</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>