--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84d9f54eeb04ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4b5c8bc7404680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ae1951506a4617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876bcf1a0aa8444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6d127bd22e4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ae1951506a4617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265412a0780b4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876bcf1a0aa8444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>236,610</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,369</x:t>
-[...328 lines deleted...]
-          <x:t>236,604</x:t>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>