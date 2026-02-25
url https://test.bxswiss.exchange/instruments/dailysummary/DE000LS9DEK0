--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4b5c8bc7404680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re03f79ae4006441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876bcf1a0aa8444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcb43ff7def4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265412a0780b4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876bcf1a0aa8444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a849c47dd004862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcb43ff7def4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT DE Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DEK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>