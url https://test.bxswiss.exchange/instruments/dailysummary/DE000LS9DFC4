--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1453a8da4f934f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991391130bf24c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697fccd141204b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2f18a1fea64778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e43c3eca6c482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697fccd141204b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba27c7cccea49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2f18a1fea64778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>425,152</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>412,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>