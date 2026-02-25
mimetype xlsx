--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991391130bf24c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc92d31cb3574511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2f18a1fea64778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb987943445954c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba27c7cccea49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2f18a1fea64778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra639716152a94416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb987943445954c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mr. Right New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>