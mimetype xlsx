--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502d8b3dd0d74301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108d75ebc9634503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R048265ad34c14d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e1ec8ee34648ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a49615dd0d493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R048265ad34c14d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038ca8ef8ec64ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e1ec8ee34648ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,253</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>