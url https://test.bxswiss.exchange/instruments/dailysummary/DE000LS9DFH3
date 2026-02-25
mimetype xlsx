--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108d75ebc9634503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1420263bca94ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e1ec8ee34648ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051209a549674191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038ca8ef8ec64ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e1ec8ee34648ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89aee755966e41ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051209a549674191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Social Responsibility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,739</x:t>
-[...63 lines deleted...]
-          <x:t>159,078</x:t>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>