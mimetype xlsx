--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5f68fefed4459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c70d8d3d8be44a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6943d5f80d774db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca717f8b9ae84330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ace05f5eea4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6943d5f80d774db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb1b8b172024c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca717f8b9ae84330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>216,311</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>