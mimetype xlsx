--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c70d8d3d8be44a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f59eafed5745d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca717f8b9ae84330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6124b5a5156a4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb1b8b172024c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca717f8b9ae84330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363e646febbe4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6124b5a5156a4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DFN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>