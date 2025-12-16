--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81752dc65a5f461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d63e40ea64f4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4664a5fe8bcb4c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a478c9392d4cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c4531ba92b444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4664a5fe8bcb4c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98dd4164d83e4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a478c9392d4cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>613,553</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>