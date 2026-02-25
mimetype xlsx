--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d63e40ea64f4741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c264bde9f4456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a478c9392d4cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17aede03640b42ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98dd4164d83e4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a478c9392d4cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceca688e8c1c4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17aede03640b42ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>625,423</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,918</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>635,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>