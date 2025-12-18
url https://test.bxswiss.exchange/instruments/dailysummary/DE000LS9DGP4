--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R940de714ff3d4ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0a4e618024400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab4a70fb2c343b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re726de2cb71f4957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc6f84b55e04799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab4a70fb2c343b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052433c951394f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re726de2cb71f4957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiatische Internet Explosion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>190,022</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>