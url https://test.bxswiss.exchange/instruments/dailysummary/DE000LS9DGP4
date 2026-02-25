--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0a4e618024400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ea50bb1dc843ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re726de2cb71f4957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R748e298075394242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052433c951394f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re726de2cb71f4957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053f7e7bdf5d40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R748e298075394242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiatische Internet Explosion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DGP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>