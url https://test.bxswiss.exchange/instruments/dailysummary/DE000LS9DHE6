--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706aac31457c4b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra65001006621481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04662000376f4368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5009e4b5448a4b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9053a7b390484de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04662000376f4368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d2e639ec864d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5009e4b5448a4b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>209,104</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>206,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>