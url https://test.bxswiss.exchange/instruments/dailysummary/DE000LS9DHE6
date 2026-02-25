--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra65001006621481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f47b095bc74ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5009e4b5448a4b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0768b6faf74c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d2e639ec864d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5009e4b5448a4b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3068b75c8ef74dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0768b6faf74c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MB Aktienwerte global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>211,318</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>