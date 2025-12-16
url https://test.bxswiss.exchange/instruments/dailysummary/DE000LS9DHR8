--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb41f0bcdb3114792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73560f1374f64dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7502abecc8ee469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dbafe125844a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424faa830d6544cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7502abecc8ee469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re996eaac077a4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dbafe125844a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>399,345</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>