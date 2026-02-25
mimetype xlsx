--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73560f1374f64dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f227887264469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dbafe125844a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c43ad6c2f34416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re996eaac077a4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dbafe125844a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0228e6e2641647af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c43ad6c2f34416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Brand Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>412,670</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>409,545</x:t>
-[...436 lines deleted...]
-          <x:t>428,644</x:t>
+          <x:t>426,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>