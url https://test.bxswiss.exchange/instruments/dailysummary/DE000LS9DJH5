--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00ffb84048b4061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132d8d594f9348d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31580c9b9b1e4328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8344622b65d34b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31a63854301419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31580c9b9b1e4328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba50beeb6fb94447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8344622b65d34b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Marketing Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DJH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>577,874</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>