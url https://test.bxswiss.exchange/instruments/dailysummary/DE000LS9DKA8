--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13dccd7ad4324a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd244a59bbac414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4630a147b7304c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924c7635b48f4e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dbafb87df94018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4630a147b7304c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff67853c21f400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924c7635b48f4e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,002</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>