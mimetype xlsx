--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd244a59bbac414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e3b86e3ca347f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924c7635b48f4e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6898b7bd7647bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff67853c21f400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924c7635b48f4e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2995ea35919c4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6898b7bd7647bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Immobilienfirmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,976</x:t>
-[...360 lines deleted...]
-          <x:t>184,418</x:t>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>