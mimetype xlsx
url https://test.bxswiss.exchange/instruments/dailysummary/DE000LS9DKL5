--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751df91f557c4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bb1b489fc24e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4303f81f1494494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df822a0ac22402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c7f29687274ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4303f81f1494494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a1163fb5624316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df822a0ac22402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>121,317</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,620</x:t>
-[...114 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,191</x:t>
-[...441 lines deleted...]
-          <x:t>119,641</x:t>
+          <x:t>120,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>