--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bb1b489fc24e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b22c115ec44402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df822a0ac22402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54106b82ae8413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a1163fb5624316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df822a0ac22402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc221874a524910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54106b82ae8413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AzubiAusbau-Strategie II</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DKL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>119,164</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,124</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>121,027</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,996</x:t>
-[...21 lines deleted...]
-          <x:t>120,647</x:t>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>120,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>