--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe421fa72e748cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9d897e1cd34a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ecf17a35744a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5405b66ae9c649fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfcff759d36f49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ecf17a35744a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ef684eba1844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5405b66ae9c649fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gute &amp; solide Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>391,355</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>