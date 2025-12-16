--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c57e49c5bac44e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raecb405a5daa4ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3053feca18435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229d3147efba428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58afd8ba2dd14f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3053feca18435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdc2d3c06644bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229d3147efba428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>211,372</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>