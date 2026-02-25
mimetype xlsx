--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raecb405a5daa4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fcda2dd95d4b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229d3147efba428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661564ad0a3e42c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdc2d3c06644bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229d3147efba428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283f46c212ec41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661564ad0a3e42c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regel Nr. 1: Kein Geld verlieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>