--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda7388c8d6c448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2628dacb8d6e4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c61b9d7025c4771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60af48c1c3014865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d8e24d3f2934321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c61b9d7025c4771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf894393445e44d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60af48c1c3014865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Health-Tech Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DLX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>372,918</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>