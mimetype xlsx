--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67190952451e4ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4be316d64ff4ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf807bce29c364097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552b799d4a70491c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb64c8f70e313425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf807bce29c364097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81275e8ca974485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552b799d4a70491c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Weltmarktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>229,674</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>