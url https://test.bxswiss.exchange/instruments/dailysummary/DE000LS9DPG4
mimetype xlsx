--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9318b08b1b464e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7edeb1d9634ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab17df970cd4dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3331088f0b504881"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b96db732bd34c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab17df970cd4dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd105c13f40f842c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3331088f0b504881" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>119,725</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,701</x:t>
-[...188 lines deleted...]
-          <x:t>120,249</x:t>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>