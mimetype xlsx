--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7edeb1d9634ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cdd471bd784c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3331088f0b504881"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b785f62a0dc448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd105c13f40f842c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3331088f0b504881" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e11a56bbc94fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b785f62a0dc448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energy001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>120,332</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,482</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,314</x:t>
-[...63 lines deleted...]
-          <x:t>121,317</x:t>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>