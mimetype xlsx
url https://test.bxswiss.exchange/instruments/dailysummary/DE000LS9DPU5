--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985f1c1d76f4439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb858387aea504739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fb79faac1de40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965490fc62494a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775854165d264d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fb79faac1de40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ccd6e61f6948f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965490fc62494a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,605</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>