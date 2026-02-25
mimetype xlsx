--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb858387aea504739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272a301cab76425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965490fc62494a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b588f7d4e864912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ccd6e61f6948f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965490fc62494a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151e3012f63f4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b588f7d4e864912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitstechnologen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DPU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,482</x:t>
-[...279 lines deleted...]
-          <x:t>171,947</x:t>
+          <x:t>175,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>