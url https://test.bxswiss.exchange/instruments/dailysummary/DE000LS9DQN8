--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85fd6cd45aa84310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86031dbb1417459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071da3f23f1d4217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57bfd937ce4457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4957c3655b21469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071da3f23f1d4217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c3a67cd8c84548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57bfd937ce4457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>147,439</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>