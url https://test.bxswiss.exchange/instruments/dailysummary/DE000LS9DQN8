--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86031dbb1417459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75bb8c45f3134094" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57bfd937ce4457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdace3ecfd2324a82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c3a67cd8c84548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57bfd937ce4457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9986a6f5adb04dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdace3ecfd2324a82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>